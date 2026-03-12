--- v0 (2025-10-17)
+++ v1 (2026-03-12)
@@ -1,470 +1,1817 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
+  <Default Extension="jpeg" ContentType="image/jpeg"/>
+  <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
+  <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
+  <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
+  <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
+  <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w14:paraId="7B7D894A" w14:textId="77777777" w:rsidR="00924FCC" w:rsidRPr="00924FCC" w:rsidRDefault="00924FCC" w:rsidP="00924FCC">
-[...6 lines deleted...]
-        <w:rPr>
+    <w:p w14:paraId="299FA37D" w14:textId="77777777" w:rsidR="00563726" w:rsidRPr="00563726" w:rsidRDefault="00563726" w:rsidP="00563726">
+      <w:pPr>
+        <w:pStyle w:val="Kop1"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Muli" w:hAnsi="Muli"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00563726">
+        <w:rPr>
+          <w:rFonts w:ascii="Muli" w:hAnsi="Muli"/>
+        </w:rPr>
+        <w:t>Berichten om met ouders/verzorgers te delen</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6C4FBD90" w14:textId="77777777" w:rsidR="00563726" w:rsidRPr="00563726" w:rsidRDefault="00563726" w:rsidP="00563726">
+      <w:pPr>
+        <w:pStyle w:val="Kop2"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="4"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Muli" w:hAnsi="Muli"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00563726">
+        <w:rPr>
+          <w:rFonts w:ascii="Muli" w:hAnsi="Muli"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Brief voor (hulp) ouders/verzorgers </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4A281E45" w14:textId="00FFAC78" w:rsidR="00563726" w:rsidRPr="00563726" w:rsidRDefault="00563726" w:rsidP="00563726">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Muli" w:hAnsi="Muli"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="nl-NL"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00563726">
+        <w:rPr>
+          <w:rFonts w:ascii="Muli" w:hAnsi="Muli"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="nl-NL"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Beste ouders/verzorgers van groep </w:t>
+      </w:r>
+      <w:r w:rsidR="00A97763" w:rsidRPr="00A97763">
+        <w:rPr>
+          <w:rFonts w:ascii="Muli" w:hAnsi="Muli"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="28"/>
+          <w:highlight w:val="yellow"/>
+          <w:lang w:val="nl-NL"/>
+        </w:rPr>
+        <w:t>[groep]</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00563726">
+        <w:rPr>
+          <w:rFonts w:ascii="Muli" w:hAnsi="Muli"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="nl-NL"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="53400FF0" w14:textId="0BDBB7F4" w:rsidR="003A2AF2" w:rsidRDefault="00563726" w:rsidP="00563726">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Muli" w:hAnsi="Muli"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="nl-NL"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00563726">
+        <w:rPr>
+          <w:rFonts w:ascii="Muli" w:hAnsi="Muli"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="nl-NL"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Op </w:t>
+      </w:r>
+      <w:r w:rsidR="003A2AF2" w:rsidRPr="003A2AF2">
+        <w:rPr>
+          <w:rFonts w:ascii="Muli" w:hAnsi="Muli"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="28"/>
+          <w:highlight w:val="yellow"/>
+          <w:lang w:val="nl-NL"/>
+        </w:rPr>
+        <w:t>[datum]</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00563726">
+        <w:rPr>
+          <w:rFonts w:ascii="Muli" w:hAnsi="Muli"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="nl-NL"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="003A2AF2">
+        <w:rPr>
+          <w:rFonts w:ascii="Muli" w:hAnsi="Muli"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="nl-NL"/>
+        </w:rPr>
+        <w:t xml:space="preserve">gaat groep </w:t>
+      </w:r>
+      <w:r w:rsidR="00A97763" w:rsidRPr="00A97763">
+        <w:rPr>
+          <w:rFonts w:ascii="Muli" w:hAnsi="Muli"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="28"/>
+          <w:highlight w:val="yellow"/>
+          <w:lang w:val="nl-NL"/>
+        </w:rPr>
+        <w:t>[groep]</w:t>
+      </w:r>
+      <w:r w:rsidR="00A97763">
+        <w:rPr>
+          <w:rFonts w:ascii="Muli" w:hAnsi="Muli"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="nl-NL"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="003A2AF2">
+        <w:rPr>
+          <w:rFonts w:ascii="Muli" w:hAnsi="Muli"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="nl-NL"/>
+        </w:rPr>
+        <w:t xml:space="preserve">aan de slag met een kookles in de klas. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1DA690DA" w14:textId="54894BF3" w:rsidR="00563726" w:rsidRPr="00563726" w:rsidRDefault="003A2AF2" w:rsidP="00563726">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Muli" w:hAnsi="Muli"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="nl-NL"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Muli" w:hAnsi="Muli"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="nl-NL"/>
+        </w:rPr>
+        <w:t>Tijdens deze les leren de leerlingen over koken en samenwerken in de keuken</w:t>
+      </w:r>
+      <w:r w:rsidR="00563726" w:rsidRPr="00563726">
+        <w:rPr>
+          <w:rFonts w:ascii="Muli" w:hAnsi="Muli"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="nl-NL"/>
+        </w:rPr>
+        <w:t>. We gaan zelf ook een gerecht maken:</w:t>
+      </w:r>
+      <w:r w:rsidR="00A97763">
+        <w:rPr>
+          <w:rFonts w:ascii="Muli" w:hAnsi="Muli"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="nl-NL"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00A97763" w:rsidRPr="00A97763">
+        <w:rPr>
+          <w:rFonts w:ascii="Muli" w:hAnsi="Muli"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="28"/>
+          <w:highlight w:val="yellow"/>
+          <w:lang w:val="nl-NL"/>
+        </w:rPr>
+        <w:t>[naam gerecht]</w:t>
+      </w:r>
+      <w:r w:rsidR="008F0C24">
+        <w:rPr>
+          <w:rFonts w:ascii="Muli" w:hAnsi="Muli"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="nl-NL"/>
+        </w:rPr>
+        <w:t>!</w:t>
+      </w:r>
+      <w:r w:rsidR="00563726" w:rsidRPr="00563726">
+        <w:rPr>
+          <w:rFonts w:ascii="Muli" w:hAnsi="Muli"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="nl-NL"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> De les duurt van </w:t>
+      </w:r>
+      <w:r w:rsidR="00A97763" w:rsidRPr="00A97763">
+        <w:rPr>
+          <w:rFonts w:ascii="Muli" w:hAnsi="Muli"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="28"/>
+          <w:highlight w:val="yellow"/>
+          <w:lang w:val="nl-NL"/>
+        </w:rPr>
+        <w:t>[tijd]</w:t>
+      </w:r>
+      <w:r w:rsidR="00563726" w:rsidRPr="00563726">
+        <w:rPr>
+          <w:rFonts w:ascii="Muli" w:hAnsi="Muli"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="nl-NL"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> tot </w:t>
+      </w:r>
+      <w:r w:rsidR="00A97763" w:rsidRPr="00A97763">
+        <w:rPr>
+          <w:rFonts w:ascii="Muli" w:hAnsi="Muli"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="28"/>
+          <w:highlight w:val="yellow"/>
+          <w:lang w:val="nl-NL"/>
+        </w:rPr>
+        <w:t>[tijd]</w:t>
+      </w:r>
+      <w:r w:rsidR="00A97763">
+        <w:rPr>
+          <w:rFonts w:ascii="Muli" w:hAnsi="Muli"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="nl-NL"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00563726" w:rsidRPr="00563726">
+        <w:rPr>
+          <w:rFonts w:ascii="Muli" w:hAnsi="Muli"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="nl-NL"/>
+        </w:rPr>
+        <w:t xml:space="preserve">uur. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1A0FBE69" w14:textId="10CA170C" w:rsidR="00563726" w:rsidRPr="00563726" w:rsidRDefault="00563726" w:rsidP="00563726">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Muli" w:hAnsi="Muli"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="nl-NL"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00563726">
+        <w:rPr>
+          <w:rFonts w:ascii="Muli" w:hAnsi="Muli"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="nl-NL"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Voor de voorbereidingen en de les zelf zijn </w:t>
+      </w:r>
+      <w:r w:rsidR="00A97763" w:rsidRPr="00A97763">
+        <w:rPr>
+          <w:rFonts w:ascii="Muli" w:hAnsi="Muli"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="28"/>
+          <w:highlight w:val="yellow"/>
+          <w:lang w:val="nl-NL"/>
+        </w:rPr>
+        <w:t>[aantal]</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00563726">
+        <w:rPr>
+          <w:rFonts w:ascii="Muli" w:hAnsi="Muli"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="nl-NL"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> hulpouders/verzorgers/grootouders nodig. U kunt zich aanmelden via </w:t>
+      </w:r>
+      <w:r w:rsidR="00A97763" w:rsidRPr="00A97763">
+        <w:rPr>
+          <w:rFonts w:ascii="Muli" w:hAnsi="Muli"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="28"/>
+          <w:highlight w:val="yellow"/>
+          <w:lang w:val="nl-NL"/>
+        </w:rPr>
+        <w:t>[naam]</w:t>
+      </w:r>
+      <w:r w:rsidR="00A97763">
+        <w:rPr>
+          <w:rFonts w:ascii="Muli" w:hAnsi="Muli"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="nl-NL"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00563726">
+        <w:rPr>
+          <w:rFonts w:ascii="Muli" w:hAnsi="Muli"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="nl-NL"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> U dient dan een uur voor de tijd aanwezig te zijn.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="69088162" w14:textId="30303014" w:rsidR="00563726" w:rsidRPr="003A2AF2" w:rsidRDefault="00563726" w:rsidP="00563726">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Muli" w:hAnsi="Muli"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="nl-NL"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00563726">
+        <w:rPr>
+          <w:rFonts w:ascii="Muli" w:hAnsi="Muli"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="nl-NL"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Voor de kookles zijn materialen nodig. Kan uw kind </w:t>
+      </w:r>
+      <w:r w:rsidR="003A2AF2">
+        <w:rPr>
+          <w:rFonts w:ascii="Muli" w:hAnsi="Muli"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="nl-NL"/>
+        </w:rPr>
+        <w:t xml:space="preserve">op </w:t>
+      </w:r>
+      <w:r w:rsidR="003A2AF2" w:rsidRPr="003A2AF2">
+        <w:rPr>
+          <w:rFonts w:ascii="Muli" w:hAnsi="Muli"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="28"/>
+          <w:highlight w:val="yellow"/>
+          <w:lang w:val="nl-NL"/>
+        </w:rPr>
+        <w:t>[datum]</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00563726">
+        <w:rPr>
+          <w:rFonts w:ascii="Muli" w:hAnsi="Muli"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="nl-NL"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> de volgende materialen mee naar school nemen? </w:t>
+      </w:r>
+      <w:r w:rsidR="00A97763" w:rsidRPr="00A97763">
+        <w:rPr>
+          <w:rFonts w:ascii="Muli" w:hAnsi="Muli"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="28"/>
+          <w:highlight w:val="yellow"/>
+          <w:lang w:val="nl-NL"/>
+        </w:rPr>
+        <w:t>[materialen]</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="06587222" w14:textId="77777777" w:rsidR="00563726" w:rsidRPr="003A2AF2" w:rsidRDefault="00563726" w:rsidP="00563726">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Muli" w:hAnsi="Muli"/>
+          <w:lang w:val="nl-NL"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0A1F3A8D" w14:textId="77777777" w:rsidR="00563726" w:rsidRPr="00563726" w:rsidRDefault="00563726" w:rsidP="00563726">
+      <w:pPr>
+        <w:pStyle w:val="Kop2"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="4"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Muli" w:hAnsi="Muli"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00563726">
+        <w:rPr>
+          <w:rFonts w:ascii="Muli" w:hAnsi="Muli"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Bericht voor in de nieuwsbrief of op </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00563726">
+        <w:rPr>
+          <w:rFonts w:ascii="Muli" w:hAnsi="Muli"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>social</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00563726">
+        <w:rPr>
+          <w:rFonts w:ascii="Muli" w:hAnsi="Muli"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> media</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6B15EF8A" w14:textId="0B8C201A" w:rsidR="00563726" w:rsidRPr="00563726" w:rsidRDefault="00563726" w:rsidP="00563726">
+      <w:pPr>
+        <w:pStyle w:val="Lijstalinea"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="5"/>
+        </w:numPr>
+        <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Muli" w:hAnsi="Muli"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00563726">
+        <w:rPr>
+          <w:rFonts w:ascii="Muli" w:hAnsi="Muli"/>
           <w:b/>
           <w:bCs/>
-          <w:lang w:val="nl-NL"/>
-[...99 lines deleted...]
-        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Voor </w:t>
+      </w:r>
+      <w:r w:rsidR="008F0C24">
+        <w:rPr>
+          <w:rFonts w:ascii="Muli" w:hAnsi="Muli"/>
           <w:b/>
           <w:bCs/>
-          <w:lang w:val="nl-NL"/>
-[...3 lines deleted...]
-        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">de </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="008F0C24">
+        <w:rPr>
+          <w:rFonts w:ascii="Muli" w:hAnsi="Muli"/>
           <w:b/>
           <w:bCs/>
-          <w:lang w:val="nl-NL"/>
-[...4 lines deleted...]
-        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>kookles</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00563726">
+        <w:rPr>
+          <w:rFonts w:ascii="Muli" w:hAnsi="Muli"/>
           <w:b/>
           <w:bCs/>
-          <w:lang w:val="nl-NL"/>
-[...4 lines deleted...]
-        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="188C8D07" w14:textId="70E620AB" w:rsidR="00563726" w:rsidRPr="003A2AF2" w:rsidRDefault="003A2AF2" w:rsidP="00563726">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Muli" w:hAnsi="Muli"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="nl-NL"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003A2AF2">
+        <w:rPr>
+          <w:rFonts w:ascii="Muli" w:hAnsi="Muli"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="nl-NL"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Op </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003A2AF2">
+        <w:rPr>
+          <w:rFonts w:ascii="Muli" w:hAnsi="Muli"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="28"/>
+          <w:highlight w:val="yellow"/>
+          <w:lang w:val="nl-NL"/>
+        </w:rPr>
+        <w:t>[datum]</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003A2AF2">
+        <w:rPr>
+          <w:rFonts w:ascii="Muli" w:hAnsi="Muli"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="nl-NL"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> gaat groep </w:t>
+      </w:r>
+      <w:r w:rsidR="00A97763" w:rsidRPr="00A97763">
+        <w:rPr>
+          <w:rFonts w:ascii="Muli" w:hAnsi="Muli"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="28"/>
+          <w:highlight w:val="yellow"/>
+          <w:lang w:val="nl-NL"/>
+        </w:rPr>
+        <w:t>[groep]</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003A2AF2">
+        <w:rPr>
+          <w:rFonts w:ascii="Muli" w:hAnsi="Muli"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="nl-NL"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> aan de slag met een kookles in de klas. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Muli" w:hAnsi="Muli"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="nl-NL"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Leerlingen leren over koken en samenwerken in de keuken. </w:t>
+      </w:r>
+      <w:r w:rsidR="00A97763">
+        <w:rPr>
+          <w:rFonts w:ascii="Muli" w:hAnsi="Muli"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="nl-NL"/>
+        </w:rPr>
+        <w:t>We</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Muli" w:hAnsi="Muli"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="nl-NL"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> gaan ook zelf een gerecht maken: </w:t>
+      </w:r>
+      <w:r w:rsidR="00A97763" w:rsidRPr="00A97763">
+        <w:rPr>
+          <w:rFonts w:ascii="Muli" w:hAnsi="Muli"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="28"/>
+          <w:highlight w:val="yellow"/>
+          <w:lang w:val="nl-NL"/>
+        </w:rPr>
+        <w:t>[naam gerecht]</w:t>
+      </w:r>
+      <w:r w:rsidR="00A97763">
+        <w:rPr>
+          <w:rFonts w:ascii="Muli" w:hAnsi="Muli"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="nl-NL"/>
+        </w:rPr>
+        <w:t xml:space="preserve">! </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="630AF160" w14:textId="1277AD6A" w:rsidR="00563726" w:rsidRPr="00563726" w:rsidRDefault="00563726" w:rsidP="00563726">
+      <w:pPr>
+        <w:pStyle w:val="Lijstalinea"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="5"/>
+        </w:numPr>
+        <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Muli" w:hAnsi="Muli"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00563726">
+        <w:rPr>
+          <w:rFonts w:ascii="Muli" w:hAnsi="Muli"/>
           <w:b/>
           <w:bCs/>
-          <w:lang w:val="nl-NL"/>
-[...5 lines deleted...]
-        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Na </w:t>
+      </w:r>
+      <w:r w:rsidR="008F0C24">
+        <w:rPr>
+          <w:rFonts w:ascii="Muli" w:hAnsi="Muli"/>
           <w:b/>
           <w:bCs/>
-          <w:lang w:val="nl-NL"/>
-[...5 lines deleted...]
-        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">de </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="008F0C24">
+        <w:rPr>
+          <w:rFonts w:ascii="Muli" w:hAnsi="Muli"/>
           <w:b/>
           <w:bCs/>
-          <w:lang w:val="nl-NL"/>
-[...6 lines deleted...]
-        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>kookles</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00563726">
+        <w:rPr>
+          <w:rFonts w:ascii="Muli" w:hAnsi="Muli"/>
           <w:b/>
           <w:bCs/>
-          <w:lang w:val="nl-NL"/>
-[...1 lines deleted...]
-      </w:pPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="374F7A97" w14:textId="244E59B5" w:rsidR="00924FCC" w:rsidRPr="00924FCC" w:rsidRDefault="00924FCC" w:rsidP="00924FCC">
-[...11 lines deleted...]
-        <w:t xml:space="preserve">Voor het evenement </w:t>
+    <w:p w14:paraId="1D40D5FB" w14:textId="07DE0B45" w:rsidR="00A97763" w:rsidRDefault="00563726" w:rsidP="00A5407B">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Muli" w:hAnsi="Muli"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="nl-NL"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00563726">
+        <w:rPr>
+          <w:rFonts w:ascii="Muli" w:hAnsi="Muli"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="nl-NL"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Afgelopen </w:t>
+      </w:r>
+      <w:r w:rsidR="00A97763" w:rsidRPr="00A97763">
+        <w:rPr>
+          <w:rFonts w:ascii="Muli" w:hAnsi="Muli"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="28"/>
+          <w:highlight w:val="yellow"/>
+          <w:lang w:val="nl-NL"/>
+        </w:rPr>
+        <w:t>[dag]</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00563726">
+        <w:rPr>
+          <w:rFonts w:ascii="Muli" w:hAnsi="Muli"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="nl-NL"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> heeft groep </w:t>
+      </w:r>
+      <w:r w:rsidR="00A97763" w:rsidRPr="00A97763">
+        <w:rPr>
+          <w:rFonts w:ascii="Muli" w:hAnsi="Muli"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="28"/>
+          <w:highlight w:val="yellow"/>
+          <w:lang w:val="nl-NL"/>
+        </w:rPr>
+        <w:t>[groep]</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00563726">
+        <w:rPr>
+          <w:rFonts w:ascii="Muli" w:hAnsi="Muli"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="nl-NL"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="003A2AF2">
+        <w:rPr>
+          <w:rFonts w:ascii="Muli" w:hAnsi="Muli"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="nl-NL"/>
+        </w:rPr>
+        <w:t xml:space="preserve">gekookt in de klas. We hebben </w:t>
+      </w:r>
+      <w:r w:rsidR="00A97763" w:rsidRPr="00A97763">
+        <w:rPr>
+          <w:rFonts w:ascii="Muli" w:hAnsi="Muli"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="28"/>
+          <w:highlight w:val="yellow"/>
+          <w:lang w:val="nl-NL"/>
+        </w:rPr>
+        <w:t>[naam gerecht]</w:t>
+      </w:r>
+      <w:r w:rsidR="00A97763">
+        <w:rPr>
+          <w:rFonts w:ascii="Muli" w:hAnsi="Muli"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="nl-NL"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="003A2AF2">
+        <w:rPr>
+          <w:rFonts w:ascii="Muli" w:hAnsi="Muli"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="nl-NL"/>
+        </w:rPr>
+        <w:t>gemaakt</w:t>
+      </w:r>
+      <w:r w:rsidR="00A97763">
+        <w:rPr>
+          <w:rFonts w:ascii="Muli" w:hAnsi="Muli"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="nl-NL"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. Tijdens de les hebben we van alles geleerd over koken, samenwerken in de keuken en het ontdekken van nieuwe smaken. Wat vond jouw kind ervan? Hebben jullie zin om dit recept thuis nog eens samen te maken, of zijn jullie benieuwd naar andere leuke kookactiviteiten voor thuis? Op de Smaakwereld (een klikplaat met allerlei activiteiten over voeding voor thuis) vind je dit recept en nog meer inspiratie om samen met je kind aan de slag te gaan. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7F1EBCCE" w14:textId="77777777" w:rsidR="00924FCC" w:rsidRPr="00924FCC" w:rsidRDefault="00924FCC" w:rsidP="00924FCC">
-[...10 lines deleted...]
-      </w:r>
+    <w:p w14:paraId="1D16712C" w14:textId="2FC73331" w:rsidR="00A97763" w:rsidRDefault="00A97763" w:rsidP="00A5407B">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Segoe UI Emoji" w:hAnsi="Segoe UI Emoji" w:cs="Segoe UI Emoji"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="nl-NL"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A97763">
+        <w:rPr>
+          <w:rFonts w:ascii="Segoe UI Emoji" w:hAnsi="Segoe UI Emoji" w:cs="Segoe UI Emoji"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="nl-NL"/>
+        </w:rPr>
+        <w:t>👉</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Segoe UI Emoji" w:hAnsi="Segoe UI Emoji" w:cs="Segoe UI Emoji"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="nl-NL"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A97763">
+        <w:rPr>
+          <w:rFonts w:ascii="Muli" w:hAnsi="Muli" w:cs="Segoe UI Emoji"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="nl-NL"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Naar de Smaakwereld: </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId7" w:history="1">
+        <w:r w:rsidRPr="00A97763">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:ascii="Muli" w:hAnsi="Muli" w:cs="Segoe UI Emoji"/>
+            <w:color w:val="auto"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="28"/>
+            <w:lang w:val="nl-NL"/>
+          </w:rPr>
+          <w:t>www.smaakwereld.nl/keuken</w:t>
+        </w:r>
+      </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="593E35C0" w14:textId="77777777" w:rsidR="00924FCC" w:rsidRPr="00924FCC" w:rsidRDefault="00924FCC" w:rsidP="00924FCC">
-[...38 lines deleted...]
-        <w:t xml:space="preserve">. #kokindeklas </w:t>
+    <w:p w14:paraId="30BB7C2B" w14:textId="1209CD52" w:rsidR="00DE5F5B" w:rsidRPr="008F0C24" w:rsidRDefault="00A97763" w:rsidP="00A5407B">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Muli" w:hAnsi="Muli"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="nl-NL"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Muli" w:hAnsi="Muli"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="nl-NL"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7BC73522" w14:textId="77777777" w:rsidR="005D582F" w:rsidRDefault="005D582F" w:rsidP="00924FCC">
-[...3 lines deleted...]
-          <w:bCs/>
+    <w:p w14:paraId="62CA2BD9" w14:textId="77777777" w:rsidR="00DE5F5B" w:rsidRPr="008F0C24" w:rsidRDefault="00DE5F5B" w:rsidP="00916897">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Muli" w:hAnsi="Muli"/>
           <w:lang w:val="nl-NL"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="42A0FDF6" w14:textId="70FB826B" w:rsidR="00924FCC" w:rsidRPr="00924FCC" w:rsidRDefault="00924FCC" w:rsidP="00924FCC">
-[...68 lines deleted...]
-    <w:sectPr w:rsidR="00924FCC" w:rsidRPr="00924FCC">
+    <w:sectPr w:rsidR="00DE5F5B" w:rsidRPr="008F0C24">
+      <w:headerReference w:type="default" r:id="rId8"/>
       <w:pgSz w:w="11906" w:h="16838"/>
-      <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
-      <w:cols w:space="720"/>
+      <w:pgMar w:top="1417" w:right="1417" w:bottom="1417" w:left="1417" w:header="708" w:footer="708" w:gutter="0"/>
+      <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
+<file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:endnote w:type="separator" w:id="-1">
+    <w:p w14:paraId="1AD8B768" w14:textId="77777777" w:rsidR="00D265F1" w:rsidRDefault="00D265F1" w:rsidP="00D265F1">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:separator/>
+      </w:r>
+    </w:p>
+  </w:endnote>
+  <w:endnote w:type="continuationSeparator" w:id="0">
+    <w:p w14:paraId="2B9494BE" w14:textId="77777777" w:rsidR="00D265F1" w:rsidRDefault="00D265F1" w:rsidP="00D265F1">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:continuationSeparator/>
+      </w:r>
+    </w:p>
+  </w:endnote>
+</w:endnotes>
+</file>
+
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
-[...2 lines deleted...]
-    <w:family w:val="swiss"/>
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:font w:name="Symbol">
+    <w:panose1 w:val="05050102010706020507"/>
+    <w:charset w:val="02"/>
+    <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+    <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Aptos Display">
+  <w:font w:name="Courier New">
+    <w:panose1 w:val="02070309020205020404"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="modern"/>
+    <w:pitch w:val="fixed"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Wingdings">
+    <w:panose1 w:val="05000000000000000000"/>
+    <w:charset w:val="02"/>
+    <w:family w:val="auto"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Calibri">
+    <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Verdana">
+    <w:panose1 w:val="020B0604030504040204"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="A00006FF" w:usb1="4000205B" w:usb2="00000010" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Cambria">
+    <w:panose1 w:val="02040503050406030204"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="roman"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Muli">
+    <w:altName w:val="Muli"/>
+    <w:panose1 w:val="02000503000000000000"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="auto"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="A00000EF" w:usb1="4000204B" w:usb2="00000000" w:usb3="00000000" w:csb0="00000193" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Segoe UI Emoji">
+    <w:panose1 w:val="020B0502040204020203"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="00000003" w:usb1="02000000" w:usb2="08000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
+<file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:footnote w:type="separator" w:id="-1">
+    <w:p w14:paraId="6EA4EA97" w14:textId="77777777" w:rsidR="00D265F1" w:rsidRDefault="00D265F1" w:rsidP="00D265F1">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:separator/>
+      </w:r>
+    </w:p>
+  </w:footnote>
+  <w:footnote w:type="continuationSeparator" w:id="0">
+    <w:p w14:paraId="3CFC50CD" w14:textId="77777777" w:rsidR="00D265F1" w:rsidRDefault="00D265F1" w:rsidP="00D265F1">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:continuationSeparator/>
+      </w:r>
+    </w:p>
+  </w:footnote>
+</w:footnotes>
+</file>
+
+<file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="6EBD5A4D" w14:textId="5DFEBD92" w:rsidR="00D265F1" w:rsidRDefault="00D265F1">
+    <w:pPr>
+      <w:pStyle w:val="Koptekst"/>
+    </w:pPr>
+    <w:r>
+      <w:rPr>
+        <w:noProof/>
+      </w:rPr>
+      <w:drawing>
+        <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251659264" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="11502FDE" wp14:editId="736E5940">
+          <wp:simplePos x="0" y="0"/>
+          <wp:positionH relativeFrom="column">
+            <wp:posOffset>4986655</wp:posOffset>
+          </wp:positionH>
+          <wp:positionV relativeFrom="paragraph">
+            <wp:posOffset>-449580</wp:posOffset>
+          </wp:positionV>
+          <wp:extent cx="1666875" cy="1666875"/>
+          <wp:effectExtent l="0" t="0" r="0" b="0"/>
+          <wp:wrapNone/>
+          <wp:docPr id="2" name="Picture 2"/>
+          <wp:cNvGraphicFramePr>
+            <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+          </wp:cNvGraphicFramePr>
+          <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+            <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+              <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:nvPicPr>
+                  <pic:cNvPr id="0" name="Picture 2"/>
+                  <pic:cNvPicPr>
+                    <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+                  </pic:cNvPicPr>
+                </pic:nvPicPr>
+                <pic:blipFill>
+                  <a:blip r:embed="rId1">
+                    <a:extLst>
+                      <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                        <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                      </a:ext>
+                    </a:extLst>
+                  </a:blip>
+                  <a:srcRect/>
+                  <a:stretch>
+                    <a:fillRect/>
+                  </a:stretch>
+                </pic:blipFill>
+                <pic:spPr bwMode="auto">
+                  <a:xfrm>
+                    <a:off x="0" y="0"/>
+                    <a:ext cx="1666875" cy="1666875"/>
+                  </a:xfrm>
+                  <a:prstGeom prst="rect">
+                    <a:avLst/>
+                  </a:prstGeom>
+                  <a:noFill/>
+                  <a:ln>
+                    <a:noFill/>
+                  </a:ln>
+                </pic:spPr>
+              </pic:pic>
+            </a:graphicData>
+          </a:graphic>
+          <wp14:sizeRelH relativeFrom="margin">
+            <wp14:pctWidth>0</wp14:pctWidth>
+          </wp14:sizeRelH>
+          <wp14:sizeRelV relativeFrom="margin">
+            <wp14:pctHeight>0</wp14:pctHeight>
+          </wp14:sizeRelV>
+        </wp:anchor>
+      </w:drawing>
+    </w:r>
+    <w:r>
+      <w:rPr>
+        <w:noProof/>
+      </w:rPr>
+      <w:drawing>
+        <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658240" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="25B3C7BA" wp14:editId="2D736055">
+          <wp:simplePos x="0" y="0"/>
+          <wp:positionH relativeFrom="column">
+            <wp:posOffset>-899796</wp:posOffset>
+          </wp:positionH>
+          <wp:positionV relativeFrom="paragraph">
+            <wp:posOffset>-440055</wp:posOffset>
+          </wp:positionV>
+          <wp:extent cx="7648159" cy="10725150"/>
+          <wp:effectExtent l="0" t="0" r="0" b="0"/>
+          <wp:wrapNone/>
+          <wp:docPr id="1" name="Picture 1"/>
+          <wp:cNvGraphicFramePr>
+            <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+          </wp:cNvGraphicFramePr>
+          <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+            <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+              <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:nvPicPr>
+                  <pic:cNvPr id="0" name="Picture 1"/>
+                  <pic:cNvPicPr>
+                    <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+                  </pic:cNvPicPr>
+                </pic:nvPicPr>
+                <pic:blipFill>
+                  <a:blip r:embed="rId2">
+                    <a:extLst>
+                      <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                        <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                      </a:ext>
+                    </a:extLst>
+                  </a:blip>
+                  <a:srcRect/>
+                  <a:stretch>
+                    <a:fillRect/>
+                  </a:stretch>
+                </pic:blipFill>
+                <pic:spPr bwMode="auto">
+                  <a:xfrm>
+                    <a:off x="0" y="0"/>
+                    <a:ext cx="7650932" cy="10729039"/>
+                  </a:xfrm>
+                  <a:prstGeom prst="rect">
+                    <a:avLst/>
+                  </a:prstGeom>
+                  <a:noFill/>
+                  <a:ln>
+                    <a:noFill/>
+                  </a:ln>
+                </pic:spPr>
+              </pic:pic>
+            </a:graphicData>
+          </a:graphic>
+          <wp14:sizeRelH relativeFrom="margin">
+            <wp14:pctWidth>0</wp14:pctWidth>
+          </wp14:sizeRelH>
+          <wp14:sizeRelV relativeFrom="margin">
+            <wp14:pctHeight>0</wp14:pctHeight>
+          </wp14:sizeRelV>
+        </wp:anchor>
+      </w:drawing>
+    </w:r>
+  </w:p>
+</w:hdr>
+</file>
+
+<file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="009F7DE5"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="2B5A9688"/>
+    <w:lvl w:ilvl="0" w:tplc="08090001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="08090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="08090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="08090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="08090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="08090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="08090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="08090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="08090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="12B31476"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="DAB6FADC"/>
+    <w:lvl w:ilvl="0" w:tplc="9C0E6680">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Symbol" w:cstheme="minorBidi" w:hint="default"/>
+        <w:b/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04130003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="04130005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="04130001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04130003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="04130005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="04130001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04130003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="04130005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="2" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="33017975"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="B6985D96"/>
+    <w:lvl w:ilvl="0" w:tplc="08090001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="08090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="08090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="08090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="08090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="08090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="08090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="08090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="08090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="47927435"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="3574F756"/>
+    <w:lvl w:ilvl="0" w:tplc="0413000F">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04130019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0413001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0413000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04130019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0413001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0413000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04130019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0413001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="4" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="663B404C"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="E1A2ACC6"/>
+    <w:lvl w:ilvl="0" w:tplc="08090001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="08090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="08090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="08090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="08090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="08090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="08090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="08090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="08090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:num w:numId="1" w16cid:durableId="748430398">
+    <w:abstractNumId w:val="2"/>
+  </w:num>
+  <w:num w:numId="2" w16cid:durableId="1126267167">
+    <w:abstractNumId w:val="0"/>
+  </w:num>
+  <w:num w:numId="3" w16cid:durableId="423116756">
+    <w:abstractNumId w:val="4"/>
+  </w:num>
+  <w:num w:numId="4" w16cid:durableId="436756179">
+    <w:abstractNumId w:val="3"/>
+  </w:num>
+  <w:num w:numId="5" w16cid:durableId="936714890">
+    <w:abstractNumId w:val="1"/>
+  </w:num>
+</w:numbering>
+</file>
+
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean"/>
   <w:defaultTabStop w:val="720"/>
+  <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
+  <w:hdrShapeDefaults>
+    <o:shapedefaults v:ext="edit" spidmax="2050"/>
+  </w:hdrShapeDefaults>
+  <w:footnotePr>
+    <w:footnote w:id="-1"/>
+    <w:footnote w:id="0"/>
+  </w:footnotePr>
+  <w:endnotePr>
+    <w:endnote w:id="-1"/>
+    <w:endnote w:id="0"/>
+  </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="00924FCC"/>
-[...9 lines deleted...]
-    <w:rsid w:val="00CC721D"/>
+    <w:rsidRoot w:val="00D265F1"/>
+    <w:rsid w:val="0005177D"/>
+    <w:rsid w:val="000524D0"/>
+    <w:rsid w:val="0011679B"/>
+    <w:rsid w:val="001A3C3E"/>
+    <w:rsid w:val="00204356"/>
+    <w:rsid w:val="00310329"/>
+    <w:rsid w:val="003A2AF2"/>
+    <w:rsid w:val="00563726"/>
+    <w:rsid w:val="00607817"/>
+    <w:rsid w:val="008116C9"/>
+    <w:rsid w:val="00884ADB"/>
+    <w:rsid w:val="008F0C24"/>
+    <w:rsid w:val="00903A4D"/>
+    <w:rsid w:val="00916897"/>
+    <w:rsid w:val="00A5407B"/>
+    <w:rsid w:val="00A97763"/>
+    <w:rsid w:val="00AB2258"/>
+    <w:rsid w:val="00B26D60"/>
+    <w:rsid w:val="00C26E11"/>
+    <w:rsid w:val="00CD23BC"/>
+    <w:rsid w:val="00CE0823"/>
+    <w:rsid w:val="00D160D7"/>
+    <w:rsid w:val="00D265F1"/>
+    <w:rsid w:val="00DD351B"/>
+    <w:rsid w:val="00DE5F5B"/>
+    <w:rsid w:val="00E97AD6"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
-  <w:themeFontLang/>
+  <w:themeFontLang w:val="en-GB"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="1026"/>
+    <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
-      <o:idmap v:ext="edit" data="1"/>
+      <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
-  <w14:docId w14:val="6D0DEA29"/>
+  <w14:docId w14:val="2341B8F5"/>
   <w15:chartTrackingRefBased/>
-  <w15:docId w15:val="{47926151-4D4D-4487-B02D-359675160500}"/>
+  <w15:docId w15:val="{BFDD8610-8FAC-4EA6-83C2-52D61F902EDB}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
-        <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
-[...1 lines deleted...]
-        <w:sz w:val="22"/>
+        <w:rFonts w:ascii="Verdana" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Verdana" w:cstheme="minorBidi"/>
+        <w:sz w:val="17"/>
         <w:szCs w:val="22"/>
-        <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
-        <w14:ligatures w14:val="standardContextual"/>
+        <w:lang w:val="en-GB" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
-        <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
+        <w:spacing w:after="200" w:line="302" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
@@ -579,51 +1926,51 @@
     <w:lsdException w:name="Table Grid 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Contemporary" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Elegant" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Professional" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Subtle 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Subtle 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Balloon Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Table Grid" w:uiPriority="39"/>
+    <w:lsdException w:name="Table Grid" w:uiPriority="59"/>
     <w:lsdException w:name="Table Theme" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Placeholder Text" w:semiHidden="1"/>
     <w:lsdException w:name="No Spacing" w:uiPriority="1" w:qFormat="1"/>
     <w:lsdException w:name="Light Shading" w:uiPriority="60"/>
     <w:lsdException w:name="Light List" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 1" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 1" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 1" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1 Accent 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 1" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 1" w:uiPriority="65"/>
     <w:lsdException w:name="Revision" w:semiHidden="1"/>
     <w:lsdException w:name="List Paragraph" w:uiPriority="34" w:qFormat="1"/>
@@ -802,888 +2149,567 @@
     <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
-  <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
+  <w:style w:type="paragraph" w:default="1" w:styleId="Standaard">
     <w:name w:val="Normal"/>
     <w:qFormat/>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Heading1">
+  <w:style w:type="paragraph" w:styleId="Kop1">
     <w:name w:val="heading 1"/>
-    <w:basedOn w:val="Normal"/>
-[...1 lines deleted...]
-    <w:link w:val="Heading1Char"/>
+    <w:basedOn w:val="Standaard"/>
+    <w:next w:val="Standaard"/>
+    <w:link w:val="Kop1Char"/>
     <w:uiPriority w:val="9"/>
     <w:qFormat/>
-    <w:rsid w:val="00924FCC"/>
+    <w:rsid w:val="00563726"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
-      <w:spacing w:before="360" w:after="80"/>
+      <w:spacing w:before="360" w:after="80" w:line="259" w:lineRule="auto"/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
-      <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:kern w:val="2"/>
       <w:sz w:val="40"/>
       <w:szCs w:val="40"/>
+      <w:lang w:val="nl-NL"/>
+      <w14:ligatures w14:val="standardContextual"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Heading2">
+  <w:style w:type="paragraph" w:styleId="Kop2">
     <w:name w:val="heading 2"/>
-    <w:basedOn w:val="Normal"/>
-[...1 lines deleted...]
-    <w:link w:val="Heading2Char"/>
+    <w:basedOn w:val="Standaard"/>
+    <w:next w:val="Standaard"/>
+    <w:link w:val="Kop2Char"/>
     <w:uiPriority w:val="9"/>
-    <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
-    <w:rsid w:val="00924FCC"/>
+    <w:rsid w:val="00563726"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
-      <w:spacing w:before="160" w:after="80"/>
+      <w:spacing w:before="160" w:after="80" w:line="259" w:lineRule="auto"/>
       <w:outlineLvl w:val="1"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
-      <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:kern w:val="2"/>
       <w:sz w:val="32"/>
       <w:szCs w:val="32"/>
+      <w:lang w:val="nl-NL"/>
+      <w14:ligatures w14:val="standardContextual"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Heading3">
-[...154 lines deleted...]
-  <w:style w:type="character" w:default="1" w:styleId="DefaultParagraphFont">
+  <w:style w:type="character" w:default="1" w:styleId="Standaardalinea-lettertype">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="table" w:default="1" w:styleId="TableNormal">
+  <w:style w:type="table" w:default="1" w:styleId="Standaardtabel">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
-  <w:style w:type="numbering" w:default="1" w:styleId="NoList">
+  <w:style w:type="numbering" w:default="1" w:styleId="Geenlijst">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="Heading1Char">
-[...10 lines deleted...]
-    </w:rPr>
+  <w:style w:type="paragraph" w:styleId="Koptekst">
+    <w:name w:val="header"/>
+    <w:basedOn w:val="Standaard"/>
+    <w:link w:val="KoptekstChar"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00D265F1"/>
+    <w:pPr>
+      <w:tabs>
+        <w:tab w:val="center" w:pos="4536"/>
+        <w:tab w:val="right" w:pos="9072"/>
+      </w:tabs>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="Heading2Char">
-[...11 lines deleted...]
-    </w:rPr>
+  <w:style w:type="character" w:customStyle="1" w:styleId="KoptekstChar">
+    <w:name w:val="Koptekst Char"/>
+    <w:basedOn w:val="Standaardalinea-lettertype"/>
+    <w:link w:val="Koptekst"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="00D265F1"/>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="Heading3Char">
-[...11 lines deleted...]
-    </w:rPr>
+  <w:style w:type="paragraph" w:styleId="Voettekst">
+    <w:name w:val="footer"/>
+    <w:basedOn w:val="Standaard"/>
+    <w:link w:val="VoettekstChar"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00D265F1"/>
+    <w:pPr>
+      <w:tabs>
+        <w:tab w:val="center" w:pos="4536"/>
+        <w:tab w:val="right" w:pos="9072"/>
+      </w:tabs>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="Heading4Char">
-[...11 lines deleted...]
-    </w:rPr>
+  <w:style w:type="character" w:customStyle="1" w:styleId="VoettekstChar">
+    <w:name w:val="Voettekst Char"/>
+    <w:basedOn w:val="Standaardalinea-lettertype"/>
+    <w:link w:val="Voettekst"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="00D265F1"/>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="Heading5Char">
-[...162 lines deleted...]
-  <w:style w:type="paragraph" w:styleId="ListParagraph">
+  <w:style w:type="paragraph" w:styleId="Lijstalinea">
     <w:name w:val="List Paragraph"/>
-    <w:basedOn w:val="Normal"/>
+    <w:basedOn w:val="Standaard"/>
     <w:uiPriority w:val="34"/>
     <w:qFormat/>
-    <w:rsid w:val="00924FCC"/>
+    <w:rsid w:val="00D265F1"/>
     <w:pPr>
       <w:ind w:left="720"/>
       <w:contextualSpacing/>
     </w:pPr>
   </w:style>
-  <w:style w:type="character" w:styleId="IntenseEmphasis">
-[...4 lines deleted...]
-    <w:rsid w:val="00924FCC"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Kop1Char">
+    <w:name w:val="Kop 1 Char"/>
+    <w:basedOn w:val="Standaardalinea-lettertype"/>
+    <w:link w:val="Kop1"/>
+    <w:uiPriority w:val="9"/>
+    <w:rsid w:val="00563726"/>
     <w:rPr>
-      <w:i/>
-[...1 lines deleted...]
-      <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:kern w:val="2"/>
+      <w:sz w:val="40"/>
+      <w:szCs w:val="40"/>
+      <w:lang w:val="nl-NL"/>
+      <w14:ligatures w14:val="standardContextual"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="IntenseQuote">
-[...15 lines deleted...]
-    </w:pPr>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Kop2Char">
+    <w:name w:val="Kop 2 Char"/>
+    <w:basedOn w:val="Standaardalinea-lettertype"/>
+    <w:link w:val="Kop2"/>
+    <w:uiPriority w:val="9"/>
+    <w:rsid w:val="00563726"/>
     <w:rPr>
-      <w:i/>
-[...1 lines deleted...]
-      <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:kern w:val="2"/>
+      <w:sz w:val="32"/>
+      <w:szCs w:val="32"/>
+      <w:lang w:val="nl-NL"/>
+      <w14:ligatures w14:val="standardContextual"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="IntenseQuoteChar">
-[...4 lines deleted...]
-    <w:rsid w:val="00924FCC"/>
+  <w:style w:type="character" w:styleId="Hyperlink">
+    <w:name w:val="Hyperlink"/>
+    <w:basedOn w:val="Standaardalinea-lettertype"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00A97763"/>
     <w:rPr>
-      <w:i/>
-[...1 lines deleted...]
-      <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:color w:val="0000FF" w:themeColor="hyperlink"/>
+      <w:u w:val="single"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="IntenseReference">
-[...4 lines deleted...]
-    <w:rsid w:val="00924FCC"/>
+  <w:style w:type="character" w:styleId="Onopgelostemelding">
+    <w:name w:val="Unresolved Mention"/>
+    <w:basedOn w:val="Standaardalinea-lettertype"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00A97763"/>
     <w:rPr>
-      <w:b/>
-[...3 lines deleted...]
-      <w:spacing w:val="5"/>
+      <w:color w:val="605E5C"/>
+      <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.smaakwereld.nl/keuken" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
+</file>
+
+<file path=word/_rels/header1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.jpeg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
-        <a:srgbClr val="0E2841"/>
+        <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
-        <a:srgbClr val="E8E8E8"/>
+        <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
-        <a:srgbClr val="156082"/>
+        <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
-        <a:srgbClr val="E97132"/>
+        <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
-        <a:srgbClr val="196B24"/>
+        <a:srgbClr val="9BBB59"/>
       </a:accent3>
       <a:accent4>
-        <a:srgbClr val="0F9ED5"/>
+        <a:srgbClr val="8064A2"/>
       </a:accent4>
       <a:accent5>
-        <a:srgbClr val="A02B93"/>
+        <a:srgbClr val="4BACC6"/>
       </a:accent5>
       <a:accent6>
-        <a:srgbClr val="4EA72E"/>
+        <a:srgbClr val="F79646"/>
       </a:accent6>
       <a:hlink>
-        <a:srgbClr val="467886"/>
+        <a:srgbClr val="0000FF"/>
       </a:hlink>
       <a:folHlink>
-        <a:srgbClr val="96607D"/>
+        <a:srgbClr val="800080"/>
       </a:folHlink>
     </a:clrScheme>
     <a:fontScheme name="Office">
       <a:majorFont>
-        <a:latin typeface="Aptos Display" panose="02110004020202020204"/>
+        <a:latin typeface="Cambria"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
-        <a:font script="Jpan" typeface="游ゴシック Light"/>
+        <a:font script="Jpan" typeface="ＭＳ ゴシック"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
-        <a:font script="Hans" typeface="等线 Light"/>
+        <a:font script="Hans" typeface="宋体"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Times New Roman"/>
         <a:font script="Hebr" typeface="Times New Roman"/>
         <a:font script="Thai" typeface="Angsana New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="MoolBoran"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Times New Roman"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
-        <a:font script="Armn" typeface="Arial"/>
-[...15 lines deleted...]
-        <a:font script="Tfng" typeface="Ebrima"/>
       </a:majorFont>
       <a:minorFont>
-        <a:latin typeface="Aptos" panose="02110004020202020204"/>
+        <a:latin typeface="Calibri"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
-        <a:font script="Jpan" typeface="游ゴシック"/>
+        <a:font script="Jpan" typeface="ＭＳ 明朝"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
-        <a:font script="Hans" typeface="等线"/>
+        <a:font script="Hans" typeface="宋体"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Arial"/>
         <a:font script="Hebr" typeface="Arial"/>
         <a:font script="Thai" typeface="Cordia New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="DaunPenh"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Arial"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
-        <a:font script="Armn" typeface="Arial"/>
-[...15 lines deleted...]
-        <a:font script="Tfng" typeface="Ebrima"/>
       </a:minorFont>
     </a:fontScheme>
     <a:fmtScheme name="Office">
       <a:fillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:lumMod val="110000"/>
-[...1 lines deleted...]
-                <a:tint val="67000"/>
+                <a:tint val="50000"/>
+                <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
-            <a:gs pos="50000">
+            <a:gs pos="35000">
               <a:schemeClr val="phClr">
-                <a:lumMod val="105000"/>
-[...1 lines deleted...]
-                <a:tint val="73000"/>
+                <a:tint val="37000"/>
+                <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:lumMod val="105000"/>
-[...1 lines deleted...]
-                <a:tint val="81000"/>
+                <a:tint val="15000"/>
+                <a:satMod val="350000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:lin ang="5400000" scaled="0"/>
+          <a:lin ang="16200000" scaled="1"/>
         </a:gradFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:satMod val="103000"/>
-[...1 lines deleted...]
-                <a:tint val="94000"/>
+                <a:shade val="51000"/>
+                <a:satMod val="130000"/>
               </a:schemeClr>
             </a:gs>
-            <a:gs pos="50000">
+            <a:gs pos="80000">
               <a:schemeClr val="phClr">
-                <a:satMod val="110000"/>
-[...1 lines deleted...]
-                <a:shade val="100000"/>
+                <a:shade val="93000"/>
+                <a:satMod val="130000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:lumMod val="99000"/>
-[...1 lines deleted...]
-                <a:shade val="78000"/>
+                <a:shade val="94000"/>
+                <a:satMod val="135000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:lin ang="5400000" scaled="0"/>
+          <a:lin ang="16200000" scaled="0"/>
         </a:gradFill>
       </a:fillStyleLst>
       <a:lnStyleLst>
-        <a:ln w="6350" cap="flat" cmpd="sng" algn="ctr">
+        <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
+          <a:solidFill>
+            <a:schemeClr val="phClr">
+              <a:shade val="95000"/>
+              <a:satMod val="105000"/>
+            </a:schemeClr>
+          </a:solidFill>
+          <a:prstDash val="solid"/>
+        </a:ln>
+        <a:ln w="25400" cap="flat" cmpd="sng" algn="ctr">
           <a:solidFill>
             <a:schemeClr val="phClr"/>
           </a:solidFill>
           <a:prstDash val="solid"/>
-          <a:miter lim="800000"/>
         </a:ln>
-        <a:ln w="12700" cap="flat" cmpd="sng" algn="ctr">
+        <a:ln w="38100" cap="flat" cmpd="sng" algn="ctr">
           <a:solidFill>
             <a:schemeClr val="phClr"/>
           </a:solidFill>
           <a:prstDash val="solid"/>
-          <a:miter lim="800000"/>
-[...6 lines deleted...]
-          <a:miter lim="800000"/>
         </a:ln>
       </a:lnStyleLst>
       <a:effectStyleLst>
         <a:effectStyle>
-          <a:effectLst/>
-[...2 lines deleted...]
-          <a:effectLst/>
+          <a:effectLst>
+            <a:outerShdw blurRad="40000" dist="20000" dir="5400000" rotWithShape="0">
+              <a:srgbClr val="000000">
+                <a:alpha val="38000"/>
+              </a:srgbClr>
+            </a:outerShdw>
+          </a:effectLst>
         </a:effectStyle>
         <a:effectStyle>
           <a:effectLst>
-            <a:outerShdw blurRad="57150" dist="19050" dir="5400000" algn="ctr" rotWithShape="0">
+            <a:outerShdw blurRad="40000" dist="23000" dir="5400000" rotWithShape="0">
               <a:srgbClr val="000000">
-                <a:alpha val="63000"/>
+                <a:alpha val="35000"/>
               </a:srgbClr>
             </a:outerShdw>
           </a:effectLst>
+        </a:effectStyle>
+        <a:effectStyle>
+          <a:effectLst>
+            <a:outerShdw blurRad="40000" dist="23000" dir="5400000" rotWithShape="0">
+              <a:srgbClr val="000000">
+                <a:alpha val="35000"/>
+              </a:srgbClr>
+            </a:outerShdw>
+          </a:effectLst>
+          <a:scene3d>
+            <a:camera prst="orthographicFront">
+              <a:rot lat="0" lon="0" rev="0"/>
+            </a:camera>
+            <a:lightRig rig="threePt" dir="t">
+              <a:rot lat="0" lon="0" rev="1200000"/>
+            </a:lightRig>
+          </a:scene3d>
+          <a:sp3d>
+            <a:bevelT w="63500" h="25400"/>
+          </a:sp3d>
         </a:effectStyle>
       </a:effectStyleLst>
       <a:bgFillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
-        <a:solidFill>
-[...4 lines deleted...]
-        </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:tint val="93000"/>
-[...2 lines deleted...]
-                <a:lumMod val="102000"/>
+                <a:tint val="40000"/>
+                <a:satMod val="350000"/>
               </a:schemeClr>
             </a:gs>
-            <a:gs pos="50000">
+            <a:gs pos="40000">
               <a:schemeClr val="phClr">
-                <a:tint val="98000"/>
-[...2 lines deleted...]
-                <a:lumMod val="103000"/>
+                <a:tint val="45000"/>
+                <a:shade val="99000"/>
+                <a:satMod val="350000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:shade val="63000"/>
-                <a:satMod val="120000"/>
+                <a:shade val="20000"/>
+                <a:satMod val="255000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:lin ang="5400000" scaled="0"/>
+          <a:path path="circle">
+            <a:fillToRect l="50000" t="-80000" r="50000" b="180000"/>
+          </a:path>
+        </a:gradFill>
+        <a:gradFill rotWithShape="1">
+          <a:gsLst>
+            <a:gs pos="0">
+              <a:schemeClr val="phClr">
+                <a:tint val="80000"/>
+                <a:satMod val="300000"/>
+              </a:schemeClr>
+            </a:gs>
+            <a:gs pos="100000">
+              <a:schemeClr val="phClr">
+                <a:shade val="30000"/>
+                <a:satMod val="200000"/>
+              </a:schemeClr>
+            </a:gs>
+          </a:gsLst>
+          <a:path path="circle">
+            <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
+          </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
-  <a:extLst>
-[...3 lines deleted...]
-  </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>191</Words>
-  <Characters>1092</Characters>
+  <Words>240</Words>
+  <Characters>1324</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>9</Lines>
-  <Paragraphs>2</Paragraphs>
+  <Lines>11</Lines>
+  <Paragraphs>3</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
+  <HeadingPairs>
+    <vt:vector size="2" baseType="variant">
+      <vt:variant>
+        <vt:lpstr>Titel</vt:lpstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>1</vt:i4>
+      </vt:variant>
+    </vt:vector>
+  </HeadingPairs>
+  <TitlesOfParts>
+    <vt:vector size="1" baseType="lpstr">
+      <vt:lpstr/>
+    </vt:vector>
+  </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>1281</CharactersWithSpaces>
+  <CharactersWithSpaces>1561</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
-  <dc:creator>Peeters, Sanne</dc:creator>
+  <dc:creator>Coeverden, Els van</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>