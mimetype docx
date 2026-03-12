--- v0 (2025-10-17)
+++ v1 (2026-03-12)
@@ -1,262 +1,435 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w14:paraId="273B2373" w14:textId="6F1E045D" w:rsidR="003829CD" w:rsidRPr="003829CD" w:rsidRDefault="003829CD" w:rsidP="003829CD">
-      <w:pPr>
+    <w:p w14:paraId="4881BDC9" w14:textId="5895BB18" w:rsidR="000A2573" w:rsidRPr="000A2573" w:rsidRDefault="003829CD" w:rsidP="003829CD">
+      <w:r w:rsidRPr="003829CD">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-      </w:pPr>
-      <w:r w:rsidRPr="003829CD">
+        <w:t>Voorbeeldtekst nieuwsbrief</w:t>
+      </w:r>
+      <w:r w:rsidR="000A2573">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t>Voorbeeldtekst nieuwsbrief</w:t>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidR="000A2573" w:rsidRPr="00692044">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>Voel je vrij om d</w:t>
+      </w:r>
+      <w:r w:rsidR="000A2573">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>eze</w:t>
+      </w:r>
+      <w:r w:rsidR="000A2573" w:rsidRPr="00692044">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> aan te passen</w:t>
+      </w:r>
+      <w:r w:rsidR="000A2573">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="22CBCA5F" w14:textId="55C0F6C8" w:rsidR="003829CD" w:rsidRPr="003829CD" w:rsidRDefault="003829CD" w:rsidP="005C0663">
+    <w:p w14:paraId="22CBCA5F" w14:textId="5AB84B2B" w:rsidR="003829CD" w:rsidRPr="003829CD" w:rsidRDefault="003829CD" w:rsidP="005C0663">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r w:rsidRPr="00BF4FA2">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Titel: </w:t>
       </w:r>
       <w:r w:rsidRPr="003829CD">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
         </w:rPr>
-        <w:t>Kok in de Klas 2025: van 16 t/m 18 juni!</w:t>
+        <w:t>Kok in de Klas 202</w:t>
+      </w:r>
+      <w:r w:rsidR="00810AB9">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>6</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003829CD">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: van </w:t>
+      </w:r>
+      <w:r w:rsidR="00810AB9">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003829CD">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> t/m </w:t>
+      </w:r>
+      <w:r w:rsidR="00810AB9">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>4</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003829CD">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> juni!</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="69631FDD" w14:textId="77777777" w:rsidR="002D2835" w:rsidRPr="002D2835" w:rsidRDefault="003829CD" w:rsidP="005C0663">
+    <w:p w14:paraId="69631FDD" w14:textId="06FF26E4" w:rsidR="002D2835" w:rsidRPr="002D2835" w:rsidRDefault="003829CD" w:rsidP="005C0663">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r w:rsidRPr="002D2835">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Tekst:</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="003829CD">
-        <w:t>Van 16 t/m 18 juni vindt Kok in de Klas weer plaats! Doen jullie dit jaar mee? Kok in de Klas wil kinderen van groep 6, 7 en 8 enthousiasmeren om te gaan koken. Deelnemende klassen krijgen gratis boodschappen, lesmateriaal en een kwartetspel.</w:t>
+        <w:t xml:space="preserve">Van </w:t>
+      </w:r>
+      <w:r w:rsidR="00810AB9">
+        <w:t>2</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003829CD">
+        <w:t xml:space="preserve"> t/m </w:t>
+      </w:r>
+      <w:r w:rsidR="00810AB9">
+        <w:t>4</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003829CD">
+        <w:t xml:space="preserve"> juni vindt Kok in de Klas weer plaats! Doen jullie dit jaar mee? </w:t>
+      </w:r>
+      <w:r w:rsidR="003C20A2">
+        <w:t xml:space="preserve">Bij Kok in de Klas komt er een kok bij groep 6, 7 of 8 om samen een lekker en bijzonder gerecht te maken. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003829CD">
+        <w:t>Deelnemende klassen krijgen gratis boodschappen</w:t>
+      </w:r>
+      <w:r w:rsidR="000A2573">
+        <w:t xml:space="preserve"> en </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003829CD">
+        <w:t>lesmateriaal.</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
+      <w:r w:rsidR="003C20A2">
+        <w:t xml:space="preserve">Dit jaar kunnen klassen kiezen uit twee recepten: De </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="003C20A2">
+        <w:t>Regenboogwrap</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="003C20A2">
+        <w:t xml:space="preserve"> of Olé </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="003C20A2">
+        <w:t>Tabouleh</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="003C20A2">
+        <w:t>! Voor koks is er dit jaar een vergoeding beschikbaar.</w:t>
+      </w:r>
       <w:r w:rsidRPr="003829CD">
-        <w:t>Het recept van dit jaar: De Buitengewone Bonenburger! </w:t>
+        <w:t> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7AD287BB" w14:textId="77777777" w:rsidR="002D2835" w:rsidRPr="005C0663" w:rsidRDefault="002D2835" w:rsidP="005C0663">
-[...5 lines deleted...]
-        </w:numPr>
+    <w:p w14:paraId="7AD287BB" w14:textId="7890436E" w:rsidR="002D2835" w:rsidRPr="00810AB9" w:rsidRDefault="002D2835" w:rsidP="00810AB9">
+      <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:szCs w:val="17"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="002D2835">
+      <w:r w:rsidRPr="00810AB9">
         <w:rPr>
           <w:szCs w:val="17"/>
         </w:rPr>
         <w:t xml:space="preserve">Doe je mee? </w:t>
       </w:r>
-      <w:r w:rsidRPr="002D2835">
+      <w:r w:rsidRPr="00810AB9">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:kern w:val="0"/>
           <w:szCs w:val="17"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
-        <w:t>Ga dan alvast op zoek naar een kok of klas en schrijf je gezamenlijk in vanaf 10 maart</w:t>
-[...2 lines deleted...]
-        <w:rPr>
+        <w:t xml:space="preserve">Ga dan alvast op zoek naar een kok of klas en schrijf je gezamenlijk in </w:t>
+      </w:r>
+      <w:r w:rsidR="0037331C">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:kern w:val="0"/>
           <w:szCs w:val="17"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>tussen</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00810AB9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:kern w:val="0"/>
+          <w:szCs w:val="17"/>
+          <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-    </w:p>
-[...8 lines deleted...]
-        <w:rPr>
+      <w:r w:rsidR="00810AB9" w:rsidRPr="00810AB9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:kern w:val="0"/>
           <w:szCs w:val="17"/>
-        </w:rPr>
-[...2 lines deleted...]
-        <w:rPr>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve">30 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00810AB9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:kern w:val="0"/>
           <w:szCs w:val="17"/>
-        </w:rPr>
-        <w:t>Ben je een kok of ken je er één, neem contact op met je school en schrijf je vanaf 10 maart samen in. Voor meer informatie zie onze website!</w:t>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>maart</w:t>
+      </w:r>
+      <w:r w:rsidR="0037331C">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:kern w:val="0"/>
+          <w:szCs w:val="17"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> en 24 april</w:t>
+      </w:r>
+      <w:r w:rsidR="00810AB9">
+        <w:rPr>
+          <w:szCs w:val="17"/>
+        </w:rPr>
+        <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="718A7235" w14:textId="74BDD0AD" w:rsidR="003829CD" w:rsidRDefault="003829CD" w:rsidP="005C0663">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r w:rsidRPr="00BF4FA2">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Button: </w:t>
       </w:r>
       <w:r>
         <w:t>Meer informatie</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7E5E7819" w14:textId="6FD827E2" w:rsidR="003829CD" w:rsidRDefault="003829CD" w:rsidP="005C0663">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r w:rsidRPr="00BF4FA2">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Link: </w:t>
       </w:r>
       <w:hyperlink r:id="rId5" w:history="1">
         <w:r w:rsidRPr="00A77A7D">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>https://www.smaaklessen.nl/nl/smaaklessen/ons-aanbod/kok-in-de-klas-1.htm</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p w14:paraId="316ADEF9" w14:textId="77777777" w:rsidR="003829CD" w:rsidRDefault="003829CD" w:rsidP="005C0663">
       <w:pPr>
         <w:pBdr>
           <w:bottom w:val="single" w:sz="12" w:space="1" w:color="auto"/>
         </w:pBdr>
         <w:spacing w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="2DC08883" w14:textId="75BBB3B7" w:rsidR="003829CD" w:rsidRPr="001E7F8F" w:rsidRDefault="003829CD" w:rsidP="003829CD">
+    <w:p w14:paraId="2DC08883" w14:textId="0583AE08" w:rsidR="003829CD" w:rsidRPr="001E7F8F" w:rsidRDefault="003829CD" w:rsidP="003829CD">
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t>Voorbeeldteksten voor berichten op Social media</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00692044">
+        <w:t xml:space="preserve">Voorbeeldteksten voor berichten op </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00810AB9">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
+        <w:t>s</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>ocial</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> media</w:t>
+      </w:r>
+      <w:r w:rsidR="00692044">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
         <w:br/>
       </w:r>
       <w:r w:rsidRPr="00692044">
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
-        <w:t>Voel je vrij om deze aan te passen en jullie persoonlijke draai aan de berichten te geven</w:t>
+        <w:t>Voel je vrij om deze aan te passen</w:t>
       </w:r>
       <w:r w:rsidR="00692044">
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6FA991FD" w14:textId="77777777" w:rsidR="005C0663" w:rsidRPr="00604FE5" w:rsidRDefault="005C0663" w:rsidP="005C0663">
-      <w:pPr>
+    <w:p w14:paraId="6FA991FD" w14:textId="45473C00" w:rsidR="005C0663" w:rsidRDefault="005C0663" w:rsidP="003C20A2">
+      <w:pPr>
+        <w:pStyle w:val="Lijstalinea"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="4"/>
+        </w:numPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="050505"/>
           <w:lang w:eastAsia="nl-NL"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="003C20A2">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="050505"/>
           <w:lang w:eastAsia="nl-NL"/>
         </w:rPr>
-        <w:t xml:space="preserve">Inschrijving Kok in de Klas 2025 geopend </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00EF6B83">
+        <w:t>Inschrijving Kok in de Klas 202</w:t>
+      </w:r>
+      <w:r w:rsidR="00810AB9" w:rsidRPr="003C20A2">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
+          <w:color w:val="050505"/>
+          <w:lang w:eastAsia="nl-NL"/>
+        </w:rPr>
+        <w:t>6</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003C20A2">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="050505"/>
+          <w:lang w:eastAsia="nl-NL"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EF6B83">
+        <w:rPr>
           <w:noProof/>
-          <w:color w:val="050505"/>
           <w:lang w:eastAsia="nl-NL"/>
         </w:rPr>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="4D0232BB" wp14:editId="68611D1A">
             <wp:extent cx="152400" cy="152400"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="1" name="Afbeelding 1" descr="👨‍🍳"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="Picture 1" descr="👨‍🍳"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId6">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
@@ -265,610 +438,399 @@
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="152400" cy="152400"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln>
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
-    <w:p w14:paraId="130F4CCE" w14:textId="5E8EBFDD" w:rsidR="005C0663" w:rsidRDefault="005C0663" w:rsidP="005C0663">
-[...50 lines deleted...]
-        <w:rPr>
+    <w:p w14:paraId="1E558DBF" w14:textId="77777777" w:rsidR="003C20A2" w:rsidRPr="003C20A2" w:rsidRDefault="003C20A2" w:rsidP="003C20A2">
+      <w:pPr>
+        <w:pStyle w:val="Lijstalinea"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
-        </w:rPr>
-[...5 lines deleted...]
-        </w:rPr>
+          <w:color w:val="050505"/>
+          <w:lang w:eastAsia="nl-NL"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="72984591" w14:textId="532B8EC9" w:rsidR="003C20A2" w:rsidRDefault="005C0663" w:rsidP="005C0663">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Vanaf </w:t>
+      </w:r>
+      <w:r w:rsidR="00810AB9">
+        <w:t>30 maart</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> kunnen scholen en koks zich weer gezamenlijk inschrijven voor Kok in de Klas 202</w:t>
+      </w:r>
+      <w:r w:rsidR="00810AB9">
+        <w:t>6</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">! </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="130F4CCE" w14:textId="19A71BD0" w:rsidR="005C0663" w:rsidRDefault="003C20A2" w:rsidP="005C0663">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Tijdens Kok in de Klas (2 t/m 4 juni) werken koks samen met leerlingen uit groep 6, 7 en 8 aan een lekker en bijzonder gerecht. Dit jaar kunnen klassen kiezen uit twee recepten: De </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>Regenboogwrap</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> of Olé </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>Tabouleh</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="000A2573">
+        <w:t>.</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> Zoek een kok in je netwerk en schrijf je samen in</w:t>
+      </w:r>
+      <w:r w:rsidR="0037331C">
+        <w:t xml:space="preserve"> vanaf 30 maart</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">! Deelnemende scholen ontvangen de boodschappen en het lesmateriaal gratis. Voor koks is er dit jaar een vergoeding beschikbaar. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5AD0B836" w14:textId="6B669827" w:rsidR="003C20A2" w:rsidRDefault="003C20A2" w:rsidP="005C0663">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r w:rsidRPr="003C20A2">
+        <w:rPr>
+          <w:rFonts w:ascii="Segoe UI Emoji" w:hAnsi="Segoe UI Emoji" w:cs="Segoe UI Emoji"/>
+        </w:rPr>
+        <w:t>📅</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> Kok in de Klas vindt plaats van 2 t/m 4 juni</w:t>
+      </w:r>
+      <w:r>
         <w:br/>
       </w:r>
-      <w:r w:rsidRPr="00B165F5">
-[...25 lines deleted...]
-      <w:r w:rsidRPr="00B94EC5">
+      <w:r w:rsidRPr="003C20A2">
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI Emoji" w:hAnsi="Segoe UI Emoji" w:cs="Segoe UI Emoji"/>
         </w:rPr>
-        <w:t>🍔</w:t>
+        <w:t>📝</w:t>
       </w:r>
       <w:r>
+        <w:t xml:space="preserve"> De klas kan zich samen met de kok inschrijven van 30 maart t/m 24 april</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="003C20A2">
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI Emoji" w:hAnsi="Segoe UI Emoji" w:cs="Segoe UI Emoji"/>
         </w:rPr>
-        <w:br/>
-[...46 lines deleted...]
-        </w:rPr>
         <w:t>👉</w:t>
       </w:r>
-      <w:r w:rsidRPr="00B94EC5">
-[...6 lines deleted...]
-        <w:r w:rsidRPr="00854467">
+      <w:r>
+        <w:t xml:space="preserve"> Meer informatie en inschrijven: </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId7" w:history="1">
+        <w:r w:rsidRPr="006D4098">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>www.kokindeklas.nl</w:t>
         </w:r>
       </w:hyperlink>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="78482591" w14:textId="4953D267" w:rsidR="00692044" w:rsidRDefault="00692044" w:rsidP="005C0663">
-      <w:pPr>
+    <w:p w14:paraId="1C2A8D39" w14:textId="77777777" w:rsidR="003C20A2" w:rsidRDefault="00B94EC5" w:rsidP="003C20A2">
+      <w:pPr>
+        <w:pStyle w:val="Lijstalinea"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="4"/>
+        </w:numPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
       </w:pPr>
-      <w:r w:rsidRPr="00692044">
+      <w:r w:rsidRPr="003C20A2">
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI Emoji" w:hAnsi="Segoe UI Emoji" w:cs="Segoe UI Emoji"/>
         </w:rPr>
-        <w:t>👩</w:t>
-[...13 lines deleted...]
-      <w:r w:rsidRPr="00692044">
+        <w:t>🍽️</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B94EC5">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00692044">
+      <w:r w:rsidRPr="003C20A2">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t>Kok in de Klas: Een smakelijke ervaring!</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00692044">
+        <w:t>Maak van je klas een kookstudio!</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B94EC5">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4D5A95F9" w14:textId="07179665" w:rsidR="003C20A2" w:rsidRDefault="00B94EC5" w:rsidP="003C20A2">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00B94EC5">
+        <w:t xml:space="preserve">Met </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003C20A2">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Kok in de Klas</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B94EC5">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00810AB9">
+        <w:t>ontdekken</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B94EC5">
+        <w:t xml:space="preserve"> leerlingen hoe leuk en leerzaam koken is! </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">Door het hele land werken koks </w:t>
+      </w:r>
+      <w:r w:rsidR="002D2835" w:rsidRPr="003C20A2">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:kern w:val="0"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>en leerkrachten</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003C20A2">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:kern w:val="0"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="002D2835" w:rsidRPr="003C20A2">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:kern w:val="0"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve">samen om kinderen te enthousiasmeren voor koken én een gezonde leefstijl. Alle benodigde boodschappen en lesmaterialen worden verzorgd zodat </w:t>
+      </w:r>
+      <w:r w:rsidR="00692044" w:rsidRPr="003C20A2">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:kern w:val="0"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>ze</w:t>
+      </w:r>
+      <w:r w:rsidR="002D2835" w:rsidRPr="003C20A2">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:kern w:val="0"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> meteen aan de slag kun</w:t>
+      </w:r>
+      <w:r w:rsidR="00692044" w:rsidRPr="003C20A2">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:kern w:val="0"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>nen</w:t>
+      </w:r>
+      <w:r w:rsidR="002D2835" w:rsidRPr="003C20A2">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:kern w:val="0"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>!</w:t>
+      </w:r>
+      <w:r w:rsidR="00692044" w:rsidRPr="00692044">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="133CC2E6" w14:textId="7F6E9D9C" w:rsidR="003829CD" w:rsidRDefault="003C20A2" w:rsidP="005C0663">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r w:rsidRPr="003C20A2">
+        <w:rPr>
+          <w:rFonts w:ascii="Segoe UI Emoji" w:hAnsi="Segoe UI Emoji" w:cs="Segoe UI Emoji"/>
+        </w:rPr>
+        <w:t>📅</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> Kok in de Klas vindt plaats van 2 t/m 4 juni</w:t>
+      </w:r>
+      <w:r>
         <w:br/>
-        <w:t xml:space="preserve">Wat gebeurt er als een echte kok in de klas komt? Je leert koken, ontdekt nieuwe smaken en krijgt </w:t>
-[...5 lines deleted...]
-        <w:t xml:space="preserve"> om gezonde maaltijden te bereiden! Dit is de kans voor jouw leerlingen om actief met eten bezig te zijn en </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003C20A2">
+        <w:rPr>
+          <w:rFonts w:ascii="Segoe UI Emoji" w:hAnsi="Segoe UI Emoji" w:cs="Segoe UI Emoji"/>
+        </w:rPr>
+        <w:t>📝</w:t>
       </w:r>
       <w:r>
-        <w:t>te ervaren hoe leuk koken kan zijn</w:t>
-[...4 lines deleted...]
-      <w:r w:rsidRPr="00692044">
+        <w:t xml:space="preserve"> De klas kan zich samen met de kok inschrijven van 30 maart t/m 24 april</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="003C20A2">
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI Emoji" w:hAnsi="Segoe UI Emoji" w:cs="Segoe UI Emoji"/>
         </w:rPr>
-        <w:t>🍽️</w:t>
-[...7 lines deleted...]
-        </w:rPr>
         <w:t>👉</w:t>
       </w:r>
-      <w:r w:rsidRPr="00692044">
-[...3 lines deleted...]
-        <w:r w:rsidRPr="00854467">
+      <w:r>
+        <w:t xml:space="preserve"> Meer informatie en inschrijven: </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId8" w:history="1">
+        <w:r w:rsidRPr="006D4098">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>www.kokindeklas.nl</w:t>
         </w:r>
       </w:hyperlink>
-    </w:p>
-[...10 lines deleted...]
-      <w:r w:rsidRPr="00B94EC5">
+      <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00B94EC5">
-[...229 lines deleted...]
-      </w:pPr>
     </w:p>
     <w:p w14:paraId="7C608718" w14:textId="77777777" w:rsidR="004C076B" w:rsidRDefault="004C076B" w:rsidP="005C0663">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="004C076B">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Verdana">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00006FF" w:usb1="4000205B" w:usb2="00000010" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos Display">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Segoe UI">
     <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Segoe UI Emoji">
     <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000003" w:usb1="02000000" w:usb2="08000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Arial">
-[...5 lines deleted...]
-  </w:font>
 </w:fonts>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="087652D8"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="D13A14C2"/>
     <w:lvl w:ilvl="0" w:tplc="20000015">
       <w:start w:val="1"/>
       <w:numFmt w:val="upperLetter"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="20000019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="2000001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
@@ -1144,135 +1106,235 @@
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="7A060E3B"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="7C3ED022"/>
+    <w:lvl w:ilvl="0" w:tplc="0413000F">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04130019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0413001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0413000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04130019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0413001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0413000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04130019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0413001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1" w16cid:durableId="564990744">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="2" w16cid:durableId="657197032">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="3" w16cid:durableId="456873693">
     <w:abstractNumId w:val="2"/>
   </w:num>
+  <w:num w:numId="4" w16cid:durableId="1429345579">
+    <w:abstractNumId w:val="3"/>
+  </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
-  <w:zoom w:percent="100"/>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:zoom w:percent="130"/>
+  <w:proofState w:spelling="clean"/>
   <w:defaultTabStop w:val="720"/>
+  <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00E54101"/>
     <w:rsid w:val="00075199"/>
     <w:rsid w:val="000919A9"/>
+    <w:rsid w:val="000A2573"/>
     <w:rsid w:val="001446FE"/>
     <w:rsid w:val="002470E6"/>
     <w:rsid w:val="002D2835"/>
     <w:rsid w:val="00314DE3"/>
+    <w:rsid w:val="0037331C"/>
     <w:rsid w:val="003829CD"/>
+    <w:rsid w:val="003C20A2"/>
     <w:rsid w:val="00487C32"/>
     <w:rsid w:val="004A306E"/>
     <w:rsid w:val="004C076B"/>
     <w:rsid w:val="005B2AFA"/>
     <w:rsid w:val="005C0663"/>
     <w:rsid w:val="00692044"/>
+    <w:rsid w:val="00810AB9"/>
     <w:rsid w:val="008E52F9"/>
+    <w:rsid w:val="00903A4D"/>
     <w:rsid w:val="00930B68"/>
+    <w:rsid w:val="00A270D5"/>
     <w:rsid w:val="00B165F5"/>
     <w:rsid w:val="00B25C0E"/>
     <w:rsid w:val="00B94EC5"/>
     <w:rsid w:val="00CA0F32"/>
     <w:rsid w:val="00E54101"/>
     <w:rsid w:val="00E82E43"/>
     <w:rsid w:val="00E86A68"/>
     <w:rsid w:val="00F246F9"/>
     <w:rsid w:val="00F25751"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-GB"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
   <w14:docId w14:val="30B6D15D"/>
   <w15:chartTrackingRefBased/>
   <w15:docId w15:val="{88978836-2B8C-42D1-809D-281AEA36F639}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:kern w:val="2"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-GB" w:eastAsia="en-US" w:bidi="ar-SA"/>
         <w14:ligatures w14:val="standardContextual"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -1624,730 +1686,729 @@
     <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
-  <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
+  <w:style w:type="paragraph" w:default="1" w:styleId="Standaard">
     <w:name w:val="Normal"/>
     <w:qFormat/>
     <w:rsid w:val="003829CD"/>
     <w:pPr>
       <w:spacing w:after="200" w:line="302" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
       <w:sz w:val="17"/>
       <w:lang w:val="nl-NL"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Heading1">
+  <w:style w:type="paragraph" w:styleId="Kop1">
     <w:name w:val="heading 1"/>
-    <w:basedOn w:val="Normal"/>
-[...1 lines deleted...]
-    <w:link w:val="Heading1Char"/>
+    <w:basedOn w:val="Standaard"/>
+    <w:next w:val="Standaard"/>
+    <w:link w:val="Kop1Char"/>
     <w:uiPriority w:val="9"/>
     <w:qFormat/>
     <w:rsid w:val="00E54101"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="360" w:after="80"/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
       <w:sz w:val="40"/>
       <w:szCs w:val="40"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Heading2">
+  <w:style w:type="paragraph" w:styleId="Kop2">
     <w:name w:val="heading 2"/>
-    <w:basedOn w:val="Normal"/>
-[...1 lines deleted...]
-    <w:link w:val="Heading2Char"/>
+    <w:basedOn w:val="Standaard"/>
+    <w:next w:val="Standaard"/>
+    <w:link w:val="Kop2Char"/>
     <w:uiPriority w:val="9"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="00E54101"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="160" w:after="80"/>
       <w:outlineLvl w:val="1"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
       <w:sz w:val="32"/>
       <w:szCs w:val="32"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Heading3">
+  <w:style w:type="paragraph" w:styleId="Kop3">
     <w:name w:val="heading 3"/>
-    <w:basedOn w:val="Normal"/>
-[...1 lines deleted...]
-    <w:link w:val="Heading3Char"/>
+    <w:basedOn w:val="Standaard"/>
+    <w:next w:val="Standaard"/>
+    <w:link w:val="Kop3Char"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="00E54101"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="160" w:after="80"/>
       <w:outlineLvl w:val="2"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
       <w:sz w:val="28"/>
       <w:szCs w:val="28"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Heading4">
+  <w:style w:type="paragraph" w:styleId="Kop4">
     <w:name w:val="heading 4"/>
-    <w:basedOn w:val="Normal"/>
-[...1 lines deleted...]
-    <w:link w:val="Heading4Char"/>
+    <w:basedOn w:val="Standaard"/>
+    <w:next w:val="Standaard"/>
+    <w:link w:val="Kop4Char"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="00E54101"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="80" w:after="40"/>
       <w:outlineLvl w:val="3"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:i/>
       <w:iCs/>
       <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Heading5">
+  <w:style w:type="paragraph" w:styleId="Kop5">
     <w:name w:val="heading 5"/>
-    <w:basedOn w:val="Normal"/>
-[...1 lines deleted...]
-    <w:link w:val="Heading5Char"/>
+    <w:basedOn w:val="Standaard"/>
+    <w:next w:val="Standaard"/>
+    <w:link w:val="Kop5Char"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="00E54101"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="80" w:after="40"/>
       <w:outlineLvl w:val="4"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Heading6">
+  <w:style w:type="paragraph" w:styleId="Kop6">
     <w:name w:val="heading 6"/>
-    <w:basedOn w:val="Normal"/>
-[...1 lines deleted...]
-    <w:link w:val="Heading6Char"/>
+    <w:basedOn w:val="Standaard"/>
+    <w:next w:val="Standaard"/>
+    <w:link w:val="Kop6Char"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="00E54101"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="40" w:after="0"/>
       <w:outlineLvl w:val="5"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:i/>
       <w:iCs/>
       <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Heading7">
+  <w:style w:type="paragraph" w:styleId="Kop7">
     <w:name w:val="heading 7"/>
-    <w:basedOn w:val="Normal"/>
-[...1 lines deleted...]
-    <w:link w:val="Heading7Char"/>
+    <w:basedOn w:val="Standaard"/>
+    <w:next w:val="Standaard"/>
+    <w:link w:val="Kop7Char"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="00E54101"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="40" w:after="0"/>
       <w:outlineLvl w:val="6"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Heading8">
+  <w:style w:type="paragraph" w:styleId="Kop8">
     <w:name w:val="heading 8"/>
-    <w:basedOn w:val="Normal"/>
-[...1 lines deleted...]
-    <w:link w:val="Heading8Char"/>
+    <w:basedOn w:val="Standaard"/>
+    <w:next w:val="Standaard"/>
+    <w:link w:val="Kop8Char"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="00E54101"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:after="0"/>
       <w:outlineLvl w:val="7"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:i/>
       <w:iCs/>
       <w:color w:val="272727" w:themeColor="text1" w:themeTint="D8"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Heading9">
+  <w:style w:type="paragraph" w:styleId="Kop9">
     <w:name w:val="heading 9"/>
-    <w:basedOn w:val="Normal"/>
-[...1 lines deleted...]
-    <w:link w:val="Heading9Char"/>
+    <w:basedOn w:val="Standaard"/>
+    <w:next w:val="Standaard"/>
+    <w:link w:val="Kop9Char"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="00E54101"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:after="0"/>
       <w:outlineLvl w:val="8"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:color w:val="272727" w:themeColor="text1" w:themeTint="D8"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:default="1" w:styleId="DefaultParagraphFont">
+  <w:style w:type="character" w:default="1" w:styleId="Standaardalinea-lettertype">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
-    <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="table" w:default="1" w:styleId="TableNormal">
+  <w:style w:type="table" w:default="1" w:styleId="Standaardtabel">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
-  <w:style w:type="numbering" w:default="1" w:styleId="NoList">
+  <w:style w:type="numbering" w:default="1" w:styleId="Geenlijst">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="Heading1Char">
-[...2 lines deleted...]
-    <w:link w:val="Heading1"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Kop1Char">
+    <w:name w:val="Kop 1 Char"/>
+    <w:basedOn w:val="Standaardalinea-lettertype"/>
+    <w:link w:val="Kop1"/>
     <w:uiPriority w:val="9"/>
     <w:rsid w:val="00E54101"/>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
       <w:sz w:val="40"/>
       <w:szCs w:val="40"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="Heading2Char">
-[...2 lines deleted...]
-    <w:link w:val="Heading2"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Kop2Char">
+    <w:name w:val="Kop 2 Char"/>
+    <w:basedOn w:val="Standaardalinea-lettertype"/>
+    <w:link w:val="Kop2"/>
     <w:uiPriority w:val="9"/>
     <w:rsid w:val="00E54101"/>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
       <w:sz w:val="32"/>
       <w:szCs w:val="32"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="Heading3Char">
-[...2 lines deleted...]
-    <w:link w:val="Heading3"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Kop3Char">
+    <w:name w:val="Kop 3 Char"/>
+    <w:basedOn w:val="Standaardalinea-lettertype"/>
+    <w:link w:val="Kop3"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:rsid w:val="00E54101"/>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
       <w:sz w:val="28"/>
       <w:szCs w:val="28"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="Heading4Char">
-[...2 lines deleted...]
-    <w:link w:val="Heading4"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Kop4Char">
+    <w:name w:val="Kop 4 Char"/>
+    <w:basedOn w:val="Standaardalinea-lettertype"/>
+    <w:link w:val="Kop4"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:rsid w:val="00E54101"/>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:i/>
       <w:iCs/>
       <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="Heading5Char">
-[...2 lines deleted...]
-    <w:link w:val="Heading5"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Kop5Char">
+    <w:name w:val="Kop 5 Char"/>
+    <w:basedOn w:val="Standaardalinea-lettertype"/>
+    <w:link w:val="Kop5"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:rsid w:val="00E54101"/>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="Heading6Char">
-[...2 lines deleted...]
-    <w:link w:val="Heading6"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Kop6Char">
+    <w:name w:val="Kop 6 Char"/>
+    <w:basedOn w:val="Standaardalinea-lettertype"/>
+    <w:link w:val="Kop6"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:rsid w:val="00E54101"/>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:i/>
       <w:iCs/>
       <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="Heading7Char">
-[...2 lines deleted...]
-    <w:link w:val="Heading7"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Kop7Char">
+    <w:name w:val="Kop 7 Char"/>
+    <w:basedOn w:val="Standaardalinea-lettertype"/>
+    <w:link w:val="Kop7"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:rsid w:val="00E54101"/>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="Heading8Char">
-[...2 lines deleted...]
-    <w:link w:val="Heading8"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Kop8Char">
+    <w:name w:val="Kop 8 Char"/>
+    <w:basedOn w:val="Standaardalinea-lettertype"/>
+    <w:link w:val="Kop8"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:rsid w:val="00E54101"/>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:i/>
       <w:iCs/>
       <w:color w:val="272727" w:themeColor="text1" w:themeTint="D8"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="Heading9Char">
-[...2 lines deleted...]
-    <w:link w:val="Heading9"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Kop9Char">
+    <w:name w:val="Kop 9 Char"/>
+    <w:basedOn w:val="Standaardalinea-lettertype"/>
+    <w:link w:val="Kop9"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:rsid w:val="00E54101"/>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:color w:val="272727" w:themeColor="text1" w:themeTint="D8"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Title">
+  <w:style w:type="paragraph" w:styleId="Titel">
     <w:name w:val="Title"/>
-    <w:basedOn w:val="Normal"/>
-[...1 lines deleted...]
-    <w:link w:val="TitleChar"/>
+    <w:basedOn w:val="Standaard"/>
+    <w:next w:val="Standaard"/>
+    <w:link w:val="TitelChar"/>
     <w:uiPriority w:val="10"/>
     <w:qFormat/>
     <w:rsid w:val="00E54101"/>
     <w:pPr>
       <w:spacing w:after="80" w:line="240" w:lineRule="auto"/>
       <w:contextualSpacing/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:spacing w:val="-10"/>
       <w:kern w:val="28"/>
       <w:sz w:val="56"/>
       <w:szCs w:val="56"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="TitleChar">
-[...2 lines deleted...]
-    <w:link w:val="Title"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="TitelChar">
+    <w:name w:val="Titel Char"/>
+    <w:basedOn w:val="Standaardalinea-lettertype"/>
+    <w:link w:val="Titel"/>
     <w:uiPriority w:val="10"/>
     <w:rsid w:val="00E54101"/>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:spacing w:val="-10"/>
       <w:kern w:val="28"/>
       <w:sz w:val="56"/>
       <w:szCs w:val="56"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Subtitle">
+  <w:style w:type="paragraph" w:styleId="Ondertitel">
     <w:name w:val="Subtitle"/>
-    <w:basedOn w:val="Normal"/>
-[...1 lines deleted...]
-    <w:link w:val="SubtitleChar"/>
+    <w:basedOn w:val="Standaard"/>
+    <w:next w:val="Standaard"/>
+    <w:link w:val="OndertitelChar"/>
     <w:uiPriority w:val="11"/>
     <w:qFormat/>
     <w:rsid w:val="00E54101"/>
     <w:pPr>
       <w:numPr>
         <w:ilvl w:val="1"/>
       </w:numPr>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
       <w:spacing w:val="15"/>
       <w:sz w:val="28"/>
       <w:szCs w:val="28"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="SubtitleChar">
-[...2 lines deleted...]
-    <w:link w:val="Subtitle"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="OndertitelChar">
+    <w:name w:val="Ondertitel Char"/>
+    <w:basedOn w:val="Standaardalinea-lettertype"/>
+    <w:link w:val="Ondertitel"/>
     <w:uiPriority w:val="11"/>
     <w:rsid w:val="00E54101"/>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
       <w:spacing w:val="15"/>
       <w:sz w:val="28"/>
       <w:szCs w:val="28"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Quote">
+  <w:style w:type="paragraph" w:styleId="Citaat">
     <w:name w:val="Quote"/>
-    <w:basedOn w:val="Normal"/>
-[...1 lines deleted...]
-    <w:link w:val="QuoteChar"/>
+    <w:basedOn w:val="Standaard"/>
+    <w:next w:val="Standaard"/>
+    <w:link w:val="CitaatChar"/>
     <w:uiPriority w:val="29"/>
     <w:qFormat/>
     <w:rsid w:val="00E54101"/>
     <w:pPr>
       <w:spacing w:before="160"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:i/>
       <w:iCs/>
       <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="QuoteChar">
-[...2 lines deleted...]
-    <w:link w:val="Quote"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="CitaatChar">
+    <w:name w:val="Citaat Char"/>
+    <w:basedOn w:val="Standaardalinea-lettertype"/>
+    <w:link w:val="Citaat"/>
     <w:uiPriority w:val="29"/>
     <w:rsid w:val="00E54101"/>
     <w:rPr>
       <w:i/>
       <w:iCs/>
       <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="ListParagraph">
+  <w:style w:type="paragraph" w:styleId="Lijstalinea">
     <w:name w:val="List Paragraph"/>
-    <w:basedOn w:val="Normal"/>
+    <w:basedOn w:val="Standaard"/>
     <w:uiPriority w:val="34"/>
     <w:qFormat/>
     <w:rsid w:val="00E54101"/>
     <w:pPr>
       <w:ind w:left="720"/>
       <w:contextualSpacing/>
     </w:pPr>
   </w:style>
-  <w:style w:type="character" w:styleId="IntenseEmphasis">
+  <w:style w:type="character" w:styleId="Intensievebenadrukking">
     <w:name w:val="Intense Emphasis"/>
-    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:basedOn w:val="Standaardalinea-lettertype"/>
     <w:uiPriority w:val="21"/>
     <w:qFormat/>
     <w:rsid w:val="00E54101"/>
     <w:rPr>
       <w:i/>
       <w:iCs/>
       <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="IntenseQuote">
+  <w:style w:type="paragraph" w:styleId="Duidelijkcitaat">
     <w:name w:val="Intense Quote"/>
-    <w:basedOn w:val="Normal"/>
-[...1 lines deleted...]
-    <w:link w:val="IntenseQuoteChar"/>
+    <w:basedOn w:val="Standaard"/>
+    <w:next w:val="Standaard"/>
+    <w:link w:val="DuidelijkcitaatChar"/>
     <w:uiPriority w:val="30"/>
     <w:qFormat/>
     <w:rsid w:val="00E54101"/>
     <w:pPr>
       <w:pBdr>
         <w:top w:val="single" w:sz="4" w:space="10" w:color="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
         <w:bottom w:val="single" w:sz="4" w:space="10" w:color="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
       </w:pBdr>
       <w:spacing w:before="360" w:after="360"/>
       <w:ind w:left="864" w:right="864"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:i/>
       <w:iCs/>
       <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="IntenseQuoteChar">
-[...2 lines deleted...]
-    <w:link w:val="IntenseQuote"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="DuidelijkcitaatChar">
+    <w:name w:val="Duidelijk citaat Char"/>
+    <w:basedOn w:val="Standaardalinea-lettertype"/>
+    <w:link w:val="Duidelijkcitaat"/>
     <w:uiPriority w:val="30"/>
     <w:rsid w:val="00E54101"/>
     <w:rPr>
       <w:i/>
       <w:iCs/>
       <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="IntenseReference">
+  <w:style w:type="character" w:styleId="Intensieveverwijzing">
     <w:name w:val="Intense Reference"/>
-    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:basedOn w:val="Standaardalinea-lettertype"/>
     <w:uiPriority w:val="32"/>
     <w:qFormat/>
     <w:rsid w:val="00E54101"/>
     <w:rPr>
       <w:b/>
       <w:bCs/>
       <w:smallCaps/>
       <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
       <w:spacing w:val="5"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="cf01">
     <w:name w:val="cf01"/>
-    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:basedOn w:val="Standaardalinea-lettertype"/>
     <w:rsid w:val="003829CD"/>
     <w:rPr>
       <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI" w:hint="default"/>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="ui-provider">
     <w:name w:val="ui-provider"/>
-    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:basedOn w:val="Standaardalinea-lettertype"/>
     <w:rsid w:val="003829CD"/>
   </w:style>
   <w:style w:type="character" w:styleId="Hyperlink">
     <w:name w:val="Hyperlink"/>
-    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:basedOn w:val="Standaardalinea-lettertype"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="003829CD"/>
     <w:rPr>
       <w:color w:val="467886" w:themeColor="hyperlink"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="UnresolvedMention">
+  <w:style w:type="character" w:styleId="Onopgelostemelding">
     <w:name w:val="Unresolved Mention"/>
-    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:basedOn w:val="Standaardalinea-lettertype"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="003829CD"/>
     <w:rPr>
       <w:color w:val="605E5C"/>
       <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="CommentReference">
+  <w:style w:type="character" w:styleId="Verwijzingopmerking">
     <w:name w:val="annotation reference"/>
-    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:basedOn w:val="Standaardalinea-lettertype"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="002D2835"/>
     <w:rPr>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="CommentText">
+  <w:style w:type="paragraph" w:styleId="Tekstopmerking">
     <w:name w:val="annotation text"/>
-    <w:basedOn w:val="Normal"/>
-    <w:link w:val="CommentTextChar"/>
+    <w:basedOn w:val="Standaard"/>
+    <w:link w:val="TekstopmerkingChar"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="002D2835"/>
     <w:pPr>
       <w:spacing w:after="160" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="CommentTextChar">
-[...2 lines deleted...]
-    <w:link w:val="CommentText"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="TekstopmerkingChar">
+    <w:name w:val="Tekst opmerking Char"/>
+    <w:basedOn w:val="Standaardalinea-lettertype"/>
+    <w:link w:val="Tekstopmerking"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="002D2835"/>
     <w:rPr>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid">
+  <w:style w:type="table" w:styleId="Tabelraster">
     <w:name w:val="Table Grid"/>
-    <w:basedOn w:val="TableNormal"/>
+    <w:basedOn w:val="Standaardtabel"/>
     <w:uiPriority w:val="39"/>
     <w:rsid w:val="001446FE"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:tblPr>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:tblBorders>
     </w:tblPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Revision">
+  <w:style w:type="paragraph" w:styleId="Revisie">
     <w:name w:val="Revision"/>
     <w:hidden/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="004A306E"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
       <w:sz w:val="17"/>
       <w:lang w:val="nl-NL"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="CommentSubject">
+  <w:style w:type="paragraph" w:styleId="Onderwerpvanopmerking">
     <w:name w:val="annotation subject"/>
-    <w:basedOn w:val="CommentText"/>
-[...1 lines deleted...]
-    <w:link w:val="CommentSubjectChar"/>
+    <w:basedOn w:val="Tekstopmerking"/>
+    <w:next w:val="Tekstopmerking"/>
+    <w:link w:val="OnderwerpvanopmerkingChar"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00B165F5"/>
     <w:pPr>
       <w:spacing w:after="200"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
       <w:b/>
       <w:bCs/>
       <w:lang w:val="nl-NL"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="CommentSubjectChar">
-[...2 lines deleted...]
-    <w:link w:val="CommentSubject"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="OnderwerpvanopmerkingChar">
+    <w:name w:val="Onderwerp van opmerking Char"/>
+    <w:basedOn w:val="TekstopmerkingChar"/>
+    <w:link w:val="Onderwerpvanopmerking"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="00B165F5"/>
     <w:rPr>
       <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
       <w:b/>
       <w:bCs/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
       <w:lang w:val="nl-NL"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="21590654">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="180751528">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
@@ -2390,51 +2451,51 @@
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1387417313">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.kokindeklas.nl" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.kokindeklas.nl" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.kokindeklas.nl" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.smaaklessen.nl/nl/smaaklessen/ons-aanbod/kok-in-de-klas-1.htm" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.kokindeklas.nl" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.kokindeklas.nl" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.kokindeklas.nl" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.kokindeklas.nl" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.smaaklessen.nl/nl/smaaklessen/ons-aanbod/kok-in-de-klas-1.htm" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="0E2841"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E8E8E8"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="156082"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="E97132"/>
       </a:accent2>
       <a:accent3>
@@ -2693,69 +2754,76 @@
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>501</Words>
-  <Characters>2860</Characters>
+  <Words>338</Words>
+  <Characters>1861</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>23</Lines>
-  <Paragraphs>6</Paragraphs>
+  <Lines>15</Lines>
+  <Paragraphs>4</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
-    <vt:vector size="2" baseType="variant">
+    <vt:vector size="4" baseType="variant">
+      <vt:variant>
+        <vt:lpstr>Titel</vt:lpstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>1</vt:i4>
+      </vt:variant>
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
-    <vt:vector size="1" baseType="lpstr">
+    <vt:vector size="2" baseType="lpstr">
+      <vt:lpstr/>
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>3355</CharactersWithSpaces>
+  <CharactersWithSpaces>2195</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Peeters, Sanne</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>